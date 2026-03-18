--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -51,1088 +51,1088 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ananias Borges</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/1/pl_01-2021_-_ananias_borges_-_dia_municipal_do_ciclismo.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/1/pl_01-2021_-_ananias_borges_-_dia_municipal_do_ciclismo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia Municipal do Ciclismo" a ser comemorado anualmente no dia 11 de Fevereiro no âmbito do município de Baixa Grande do Ribeiro/PI, e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rodrigo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021_-_rodrigo_rocha_-_estadio_municipal_guilherme_remos.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021_-_rodrigo_rocha_-_estadio_municipal_guilherme_remos.pdf</t>
   </si>
   <si>
     <t>Denomina nome do Estádio Municipal localizado no Centro de Baixa Grande do Ribeiro como "ESTÁDIO MUNICIPAL GUILHERME REMOS" e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Zé Filho</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina o Ginásio Poliesportivo localizado no Bairro de Fátima como "GINÁSIO POLIESPORTIVO SÉRGIO MORAIS" e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Baixa Grande do Ribeiro - PMBGR</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021_dr._jose_luis_gratificacao_desempenho_covid.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021_dr._jose_luis_gratificacao_desempenho_covid.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Baixa Grande do Ribeiro - PI a conceder excepcionalmente gratificação de desempenho, enquanto durar o estado de calamidade pública, decorrente da pandemia do COVID-19 que atinge o Município aos profissionais de saúde que trabalham diretamente no enfrentamento da pandemia e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021_ananias_borges-praca_da_biblia.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021_ananias_borges-praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de "Praça da Bíblia", o logradouro público de Baixa Grande do Ribeiro - Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Diana Neris</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/6/pl_06-2021_diana_neris-renda_basica.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/6/pl_06-2021_diana_neris-renda_basica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do PROGRAMA RENDA BÁSICA BAIXA-GRANDENSE que garante melhoria nas condições de vida das famílias em situação de pobreza e extrema pobreza através da concessão de benefício financeiro e de apoio sócio familiar para os cidadãos de Baixa Grande do Ribeiro-PI.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/7/pl_07-2021_diana_neris-projeto_mulher_baixa-grandense.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/7/pl_07-2021_diana_neris-projeto_mulher_baixa-grandense.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto "MULHER BAIXA-GRANDENSE" e institui o mês de Março como o mês da mulher no âmbito do Poder Legislativo do município de Baixa Grande do Ribeiro, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/8/meterial_escolar-_rodrigo-pl082021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/8/meterial_escolar-_rodrigo-pl082021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fornecer gratuitamente material escolar e uniforme a crianças carentes.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/12/pl_09_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/12/pl_09_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio pelo poder executivo com a associação rádio comunitária cultura FM, de Baixa Grande do Ribeiro.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/13/pl_10_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/13/pl_10_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Desenvolvimento Rural Sustentável e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/14/pl_11_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/14/pl_11_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da estrutura administrativa da Secretaria de Educação de Baixa Grande do Ribeiro - Pi, na forma que especifica.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/16/porjeto-de-lei-12-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/16/porjeto-de-lei-12-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal da Secretaria de Cultura do Município de Baixa Grande do Ribeiro - PI</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/17/projeto-de-lei-13-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/17/projeto-de-lei-13-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Politicas Culturais e da outras providências, em Baixa Grande do Ribeiro -PI</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/18/plo_14-2021_-_aprova_o_plano_municipal_da_cultura.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/18/plo_14-2021_-_aprova_o_plano_municipal_da_cultura.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Cultura do Municipio de Baixa Grande do Ribeiro.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_15-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_15-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Conselho do FUNDEB de Baixa Grande do Ribeiro-PI, na forma que especifica.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_16-2021_-_denomina_ginasio_poliesportivo.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_16-2021_-_denomina_ginasio_poliesportivo.pdf</t>
   </si>
   <si>
     <t>“Denomina o Ginásio Poliesportivo localizado na Praça Salvador Matos, Centro de Baixa Grande do Ribeiro, como "GINÁSIO POLIESPORTIVO MANOEL HENRIQUE DE SOUSA” e dá outras providências."</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/47/plo_17_2021_mais_educacao_escola.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/47/plo_17_2021_mais_educacao_escola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Mais Educação na Escola, no âmbito da Secretaria Municipal de Educação de Baixa Grande do Ribeiro - PI e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/48/plo_18_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/48/plo_18_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Hilton Rocha</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/49/plo-19-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/49/plo-19-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece as atividades religiosas como essenciais para a população em situação excepcionais como calamidade pública, ocasionadas por epidemia, pandemia, ou catástrofes naturais, e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/50/plo_20_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/50/plo_20_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a jornada de trabalho dos Enfermeiros, Técnicos, e Auxiliares de Enfermagem no Município de Baixa Grande do Ribeiro e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto-de-lei-21-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto-de-lei-21-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e Legislativo do Município de Baixa Grande do Ribeiro Firmar Convênio com o Banco do Brasil S/A para concessão de empréstimos consignados aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Leicivaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/68/plo22-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/68/plo22-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICAÇÃO DA MANIFESTAÇÃO DE PROVIDÊNCIAS ACERCA DAS PROPOSIÇÕES DE INTERESSE PÚBLICO APRESENTADAS EM SESSÃO ORDINÁRIA E ENCAMINHADAS PELO LEGISLATIVO AO PODER EXECUTIVO DO MUNICÍPIO DE BAIXA GRANDE DO RIBEIRO.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/93/plo_23_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/93/plo_23_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a consignação em folha de pagamento dos servidores e empregados públicos do poder Executivo Municipal.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Geno Pereira</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/94/plo_24-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/94/plo_24-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de ponto facultativo ao servidor público municipal do Poder Executivo e da Câmara Municipal de Baixa Grande do Ribeiro no dia natalício e dá outras providencias.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/95/plo-25.2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/95/plo-25.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Brigadista de Incêndio do Município de Baixa Grande do Ribeiro - PI e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/96/plo-26_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/96/plo-26_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir crédito Adicional Especial no orçamento vigente, no valor de R$1.590.727,50 (Um Milhão, quinhentos e noventa mil, setecentos e vinte e sete reais e cinquenta centavos), para viabilizar a execução dos recursos oriundos da complementação da União – VAAT</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/99/plo-no27-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/99/plo-no27-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Complexo da Saúde Vereadora Diana Neris, logradouro público de Baixa Grande do Ribeiro - Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/101/plo_28-2021-loa.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/101/plo_28-2021-loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fica as despesas da administração direta e indireta no município de Baixa Grande do Ribeiro para o exercício de 2022.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/103/plo_29-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/103/plo_29-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do município de Baixa Grande do Ribeiro - Pi, para o quadriênio 2022/2025.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/105/plo-31-2021-ginasio_poliesportivo.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/105/plo-31-2021-ginasio_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Denomina o Ginásios Polidesportivo localizado na Unidade Escolar Gumersindo Dias Pinheiro no Bairro de Fátima em Baixa Grande do Ribeiro, como "Ginásio Polidesportivo Professora ALEXANDRA DIAS" e da outras providencias.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/106/plo_32_2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/106/plo_32_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a consolidação e reestruturação Administrativa Organizacional do Poder Executivo Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/107/plo_33-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/107/plo_33-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a outorga de concessão de direito real de uso de imóveis na zona urbana de Baixa Grande do Ribeiro PI, para implementação de ação de moradia digna com doação de terreno e doação de material de construção para as pessoas carentes, através da Prefeitura Municipal de Baixa Grande do Ribeiro (PI).</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/108/plo-34-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/108/plo-34-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de Abono- FUNDEB aos profissionais da Educação Básica da Rede Municipal de Ensino de Baixa Grande do Ribeiro – PI na forma que especifica.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/109/plo-35-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/109/plo-35-2021.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da rua Quinze de Novembro, localizada no bairro de Fátima que passa a se chamar "Rua Félix Valuar" e dá outras providencias.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/110/plo-n36-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/110/plo-n36-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Complementar Federal nº175, de 23 de setembro de 2020, que versa sobre o recolhimento do ISSQN; altera dispositivos da Lei Complementar Municipal N°006/2018 e dá outras providencias.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/9/pdl_01-2021_geno_pereira-titulo_cidadao_honorario_otavio_floss.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/9/pdl_01-2021_geno_pereira-titulo_cidadao_honorario_otavio_floss.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário a Otávio Floss e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/10/decreto_no_02-2020_-_titulo_de_cidadao_benemerito_aldi_borges.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/10/decreto_no_02-2020_-_titulo_de_cidadao_benemerito_aldi_borges.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão benemérito a Aldí Borges dos Santos, e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão horário ao senhor José Luiz Ruga e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/100/decreto_n04-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/100/decreto_n04-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de titulo de Cidadão Honorário a Alzir Neto, e dá outras providências.</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>Câmara Municipal de Baixa Grande do Ribeiro - CMBGR</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/11/prl_01-2021-calendario_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/11/prl_01-2021-calendario_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Calendário de Reuniões Ordinárias da Câmara Municipal de Vereadores de Baixa Grande do Ribeiro-PI, para a 1ª Sessão Legislativa de 8ª Legislatura do ano de 2021.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pr_02-2021-emenda_ricmbgr.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pr_02-2021-emenda_ricmbgr.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 7º, da Resolução nº 02/2001 (Regimento Interno da Câmara de Baixa Grande do Ribeiro).</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Altera o calendário das sessões ordinárias para o exercício legislativo de 2021 da Câmara Municipal de Baixa Grande do Ribeiro.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Miranda Pereira</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/69/resolucao-03-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/69/resolucao-03-2021.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário das sessões ordinárias para o exercício legislativo de 2021 da Câmara Municipal de Baixa Grande do Ribeiro, os dias 12, 19 e 26 de julho.”</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/111/pr-05-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/111/pr-05-2021.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito municipal a Câmara Mirim e da outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/112/pr-06-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/112/pr-06-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura organizacional da Câmara Municipal de Baixa Grande do Ribeiro, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/98/emenda-lei-organica-n01.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/98/emenda-lei-organica-n01.pdf</t>
   </si>
   <si>
     <t>Altera o § 5° do art. 38 da lei orgânica do município Baixa Grande Do Ribeiro e dá outras providências.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/102/emenda-a-lei-organica-n02.2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/102/emenda-a-lei-organica-n02.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Artigo 90 e paragrafo Único da Lei Orgânica do Município de Baixa Grande do Ribeiro.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/15/req-01-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/15/req-01-2021.pdf</t>
   </si>
   <si>
     <t>Que efetue o repasse no valor de R$ 260.000,00 (DUZENTOS E SESSENTA MIL REAIS) para a Conta Corrente nº 6.273-1 da agência 2533-X do Banco do Brasil S/A, referente ao duodécimo do mês de JANEIRO/2021. Ficando o restante do valor real do duodécimo para acerto posterior mediante a publicação do Balanço Geral do Exercício Financeiro de 2020.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/19/req-02.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/19/req-02.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Ladeira da Feira, na localidade Riachão dos Paulos.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/20/req-03.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/20/req-03.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da estrada que liga a sede do município á localidade volta ao bacabal.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/21/req-04.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/21/req-04.pdf</t>
   </si>
   <si>
     <t>Que seja feita a restauração da estrada do povoado lagoa, de acesso á avenida Ari Rocha ate a casa da SRa Maria Luiza esposa do Sr Raimundo Paulo.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/22/req-05.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/22/req-05.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado pelo Poder Executivo um Projeto de Lei para ser tramitado na Câmara Legislativa do Município, que altere a Lei Municipal nº 60/2017 de 12 de julho de 2017, que dispõe sobre a criação do cargo de Coordenador de Escola e suas remunerações.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/23/req-06.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/23/req-06.pdf</t>
   </si>
   <si>
     <t>Que seja feito a iluminação do estádio municipal, a cobertura das arquibancadas e a implantação de banheiro ao publico.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/24/req-07.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/24/req-07.pdf</t>
   </si>
   <si>
     <t>Que seja nos informado quais os requisitos para a aquisição da bolsa de estudos no valor de R$ 500,00 reais, com base na lei municipal N° 08/2013_x000D_
 E nos enviar a relação de todos os beneficiários do programa ate a presente data.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/25/req-08.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/25/req-08.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça com Academias ao Ar livre na praça em que fica na confluência das ruas 125 de Outubro e Martins dos Santos, no Bairro de Fátima, nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req-09.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req-09.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado a identificação das Ruas e Quadras do conjunto Alberon Borges, na Zona Urbana de Baixa Grande do Ribeiro - PI.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req-10.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req-10.pdf</t>
   </si>
   <si>
     <t>Reforma e melhoria das estradas vicinais da Zona Rural do Município, mais precisamente na região da Cabeceira das Colheres ao Povoado Formosa, da Barra das colheres até a localidade Araçá e Região do Riozinho.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/28/req-10.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/28/req-10.pdf</t>
   </si>
   <si>
     <t>A cercania do prédio da Unidade Escolar Euclides Martins, situada na Localidade Duas Veredas na Região da Formosa, Zona Rural do Município de Baixa Grande do Ribeiro._x000D_
 _x000D_
 Que seja também, instalada energia elétrica na Unidade Escolar Euclides Martins, bem como a implantação de quite de fornecimento de aguá, composto de um poço cacimbão, acompanhado de uma bomba para extração da água e uma caixa d'água de 1.000 litros, além do que mais for necessário para garantir o abastecimento de água dessa instituição, pois a mesmo não dispõe de água encanada.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/29/req-12.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/29/req-12.pdf</t>
   </si>
   <si>
     <t>Que seja feita uma ciclovia nas avenidas principais do município e um calçadão para melhor atender a todos os praticantes de esporte e a toda população baixa-grandense.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/30/req-13.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/30/req-13.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada a Reunião Ordinária do dia 23 de Fevereiro para o 18 de Fevereiro, em razão de urgência para a votação da proposta que trata das gratificações para os profissionais da saúde que estão na linha de frente no enfrentamento da COVID-19.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/31/req-14.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/31/req-14.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Ladeira da região da Travessia (olho d'água de dentro)</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/32/req-15.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/32/req-15.pdf</t>
   </si>
   <si>
     <t>Que seja adquirido uma maquina de RX para o hospital HPP Milton Reis.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/33/req-16.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/33/req-16.pdf</t>
   </si>
   <si>
     <t>Que seja reparada a iluminação publica dos postes que estão com as lâmpadas queimadas ou com defeitos em todo nosso município.</t>
   </si>
   <si>
     <t>Que seja concluído o projeto da praça Agenor Pinheiro, com a construção da academia ao ar livre e o play Ground como no projeto inicial da mesma.</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/35/req-18.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/35/req-18.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma quadra poliesportiva coberta na localidade do Boa vista- Retiro.</t>
   </si>
   <si>
     <t>Que seja feito o reparo da estrada da localidade do Boa - Vista Retiro.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/37/req-20.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/37/req-20.pdf</t>
   </si>
   <si>
     <t>Solicitamos um notebook para a Comissão Constituição e Justiça - CCJ.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req-21.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req-21.pdf</t>
   </si>
   <si>
     <t>Repasse de duodécimo do mês de Fevereiro.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>	Que seja antecipada Reunião Ordinária da Câmara de Vereadores marcada do dia 09 de março para esta sexta-feira (05/03/2021) para tratarmos das matérias que são de interesse público relevante para a Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req-23.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req-23.pdf</t>
   </si>
   <si>
     <t>Que seja implantado no site oficial da Prefeitura Municipal de Baixa Grande do Ribeiro - Piaui, a disponibilização do sistema de emissão dos contracheques/holerites para a consulta de todos os servidores efetivos e comissionados dese Município.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/41/req-24.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/41/req-24.pdf</t>
   </si>
   <si>
     <t>Requeira junto ás autoridades do DER e DNIT, pelos expedientes que lhe são permitidos, a colocação de placas em trecho da rodovia PI-392 de forma a identificar a divisa territorial entre os municípios de Baixa Grande do Ribeiro e Ribeiro Gonçalves PI.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/42/req-25.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/42/req-25.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo d rua Julia Rocha lado leste após avenida Sebastião Leal conhecida como "Beco do Bidó", e da rua João Valentin sentido leste que da acesso a avenida Sebastião Leal.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req-26.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req-26.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza das ruas da localidade do rodiador.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req-27-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req-27-2021.pdf</t>
   </si>
   <si>
     <t>Que seja removida a cerca da calçada do estabelecimento comercial Açaí da Hora, localizado na Rua Bertolino Pereira, nº 4250 – Centro, pois foi construída em desacordo com o Código de Posturas Municipais, impedindo o trânsito livre das pessoas pelo passeio público.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req-28.2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req-28.2021.pdf</t>
   </si>
   <si>
     <t>Que efetue o repasse no valor de R$ 260.000,00 (DUZENTOS E SESSENTA MIL REAIS) para a Conta Corrente nº 6.273-1, Agência 2533-X do Banco do Brasil S/A, referente ao duodécimo do mês de MARÇO/2021. Ficando o restante do valor real do duodécimo para acerto posterior mediante a publicação do Balanço Geral do Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req-29.2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req-29.2021.pdf</t>
   </si>
   <si>
     <t>A abertura de certame para a criação do Hino Oficial do Município de Baixa Grande do Ribeiro.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req-30-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req-30-2021.pdf</t>
   </si>
   <si>
     <t>A construção de um belíssimo Portal de Entrada e Saída, que recepcione e demonstre acolhimento aos visitantes de nossa cidade, Baixa Grande_x000D_
 do Ribeiro.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req-31-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req-31-2021.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma operação tapa buraco na zona urbana de Baixa Grande do Ribeiro, que devido a precariedade das ruas que além de dificultar o trafego, está ocasionando muitos acidentes.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req-32-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req-32-2021.pdf</t>
   </si>
   <si>
     <t>Os vereadores desta casa legislativa solicitam a Vossa Excelência, ouvido plenário, que seja concedido em regime de urgência para tramitação do Projeto de Emenda a Lei Orgânica nº001/221, sendo dispensados os interstícios mínimo de votação entre o primeiro e o segundo turno, procedendo a votação em dois turnos nessa reunião.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req-33-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req-33-2021.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada Reunião Ordinária da Câmara de Vereadores marcada do dia 20 de abril para esta sexta-feira (16/04/2021) para tratarmos das matérias que são de interesse público relevante para a Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req-34-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req-34-2021.pdf</t>
   </si>
   <si>
     <t>Que efetue o repasse no valor de R$ 265.617,55 (DUZENTOS E SESSENTA E CINCO MIL SEISSENTOS E DEZESSETE REAIS E CINQUENTA E CINCO CENTAVOS) para a Conta Corrente nº 6.273-1 da agência 2533-X do Banco do Brasil S/A, referente ao duodécimo do mês de ABRIL/2021.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req-35-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req-35-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento nesta Casa de Leis, vem pelo presente solicitar a disponibilização de espaço físico (Plenário Maria do Socorro Reis e adjacências) para a realização do curso “MULHER EMPREENDEDORA” a ser realizado através de parceria junto ao Serviço Brasileiro de Apoio às Micro e Pequenas Empresas – SEBRAE._x000D_
 Além do espaço, solicita-se, ainda, a concessão de um servidor desta Colenda Casa para que em caso de deferimento desta solicitação, o mesmo proceda com as devidas inscrições._x000D_
 Convém ressaltar que em virtude de o curso ocorrer de forma presencial, serão adotadas todas as medidas de segurança, com vistas a combater a disseminação do Corona Vírus, tais como: uso obrigatório de máscara, disponibilização de álcool em gel e distanciamento social.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req-36-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req-36-2021.pdf</t>
   </si>
   <si>
     <t>Solicitamos a vossa excelência que seja colocado a rede de poste na localidade Mirandiba próximo ao Ceep do Cerrado, na cidade de Baixa Grande do Ribeiro – PI.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req-37-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req-37-2021.pdf</t>
   </si>
   <si>
     <t>Que efetue o repasse no valor de R$ 271.067,77 (DUZENTOS E SETENTA E UM MIL E SESSENTA E SETE REAIS, E SETENTA E SETE CENTAVOS) para a Conta Corrente nº 6.273-1 da agência 2533-X do Banco do Brasil S/A, referente ao duodécimo do mês de MAIO/2021.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req-38-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req-38-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve solicita  informações  ao Secretário de Obras e ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req-39-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req-39-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora esta que subscreve, da Bancada do Partido Socialista Brasileira - PSB, Requer as seguintes solicitações._x000D_
 1- Data da Abertura das Unidades Básicas da Sona Rural;_x000D_
 2-Quais os profissionais irão atuar na composição das equipes de saudade das comunidades rurais;_x000D_
 3-Cronograma de visitas dos médicos, Enfermeiros  e demais profissionais que irão se deslocar as comunidades rurais pelas equipes de saúde.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req-40-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req-40-2021.pdf</t>
   </si>
   <si>
     <t>	Intervenção para ampliação e melhoria no atendimento na Unidade de Reabilitação do Prédio do NASF (Núcleo Ampliado de Saúde da Família e Atenção Básica) nesta cidade.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req-41-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req-41-2021.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo, através da Secretaria Municipal de Saúde inclua como prioridade os profissionais da Educação na vacinação ao combate do COVID-19</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req-42-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req-42-2021.pdf</t>
   </si>
   <si>
     <t>Que efetue o repasse no valor de R$ 271.067,77 (DUZENTOS E SETENTA E UM MIL E SESSENTA E SETE REAIS, E SETENTA E SETE CENTAVOS) para a Conta Corrente nº 6.273-1 da agência 2533-X do Banco do Brasil S/A, referente ao duodécimo do mês de JUNHO/2021.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req-43-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req-43-2021.pdf</t>
   </si>
   <si>
     <t>	A construção de um aterro sanitário para a cidade de Baixa Grande do Ribeiro – PI.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req-44-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req-44-2021.pdf</t>
   </si>
   <si>
     <t>	A construção de quebra-molas ou redutores de velocidade na rua José Maria Torres no bairro Santa Luzia.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req-45-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req-45-2021.pdf</t>
   </si>
   <si>
     <t>EXTENÇÃO DA REDE DE ÁGUA NA LOCALIDADE ESTRIVO - REGIÃO DA FORMOSA MAIS CONHECIDA COMO AMAZONAS, ESTRADA QUE DAR ACESSO A CASA DA SOCORRINHA.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req.46-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req.46-2021.pdf</t>
   </si>
   <si>
     <t>Que seja colocado o asfalto, onde o calçamento da rua Isidoro gomes foi retirado para a construção da praça ao lado da mesma.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req.47-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req.47-2021.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo no encontro das ruas Isidoro Gomes e Lucindo silva, próximo a Câmara de Vereadores, centro.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/51/ind_01-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/51/ind_01-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a este subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Sr. Prefeito Municipal, requisitando ao Poder Executivo que conceda subsídios (horas de serviços de retro escavadeira, trator de esteira, trator agrícola e demais equipamentos disponíveis na Prefeitura) aos agricultores para a realização de serviços em suas propriedades rurais, bem como proceda com a distribuição ou custeio de sementes, mudas, fertilizantes, corretor de solo, etc, cuja finalidade é contribuir para o desenvolvimento rural do Município e para o incentivo do aumento da produtividade nas propriedades rurais e a melhoria das condições de trabalho dos agricultores e de seus núcleos familiares.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/52/ind_02-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/52/ind_02-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Sr. Prefeito Municipal, requisitando melhoria na rede de iluminação pública, com a instalação de braços de luz e lâmpadas nas localidades: Retiro; no Conjunto Habitacional Jardim do Cerrado; e no Povoado Colheres.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/53/ind_03-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/53/ind_03-2021.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa. nos termos do Regimento Interno desta, a presente Indicação, sugerindo ao Senhor Prefeito a enviar a esta Casa emenda aditiva ao Projeto de Lei nº 04/2021, para inclusão dos servidores da Assistência Social diretamente envolvidos nas ações de combate ao Coronavírus nos beneficiários previstos no citado Projeto de Lei, que autoriza o município de Baixa Grande do Ribeiro a conceder excepcionalmente gratificação de desempenho, enquanto durar o estado de calamidade pública, decorrente da Pandemia do COVID-19, aos profissionais de saúde que trabalham diretamente no enfrentamento da pandemia.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/54/ind_04-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/54/ind_04-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Prefeito Municipal Sr. José Luis Sousa e ao Secretário Municipal de Planejamento, Sr. Cosmo dos Santos Cabral, requisitando a criação de um Departamento Municipal de Trânsito.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/55/ind_05-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/55/ind_05-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Prefeito Municipal, Sr. José Luis Sousa e ao Secretário Municipal de Planejamento, Sr. Cosmo dos Santos Cabral, requisitando melhorias na infraestrutura do Bairro Rodiador.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/56/ind_06-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/56/ind_06-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Sr. Prefeito Municipal, requisitando ao Poder Executivo que conceda subsídios (horas de serviços de retroescavadeira, trator de esteira, trator agrícola e demais equipamentos disponíveis na Prefeitura) aos agricultores para a realização de serviços em suas propriedades rurais, bem como proceda com a distribuição  ou custeio de sementes, mudas, fertilizantes, corretor de solo, etc, cuja finalidade é contribuir para o desenvolvimento  rural do Município e para o incentivo do aumento da produtividade nas propriedades rurais e a melhoria das condições de trabalho dos agricultores e seus núcleos familiares._x000D_
 _x000D_
 Esta Indicação REITERA  a INDICAÇÃO Nº 01/2021, outrora realizada por esta Vereadora.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/57/ind_07-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/57/ind_07-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência, o Sr. Prefeito Municipal, requisitando melhoria e manutenção da estrada que dá acesso ao Povoado Boa Vista (Retiro).</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/58/indicativo-08-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/58/indicativo-08-2021.pdf</t>
   </si>
   <si>
     <t>A realizações dos serviços de limpeza pública em toda a extensão da zona urbana, bem como a instalação de lixeiras nos espaços e logradouros públicos.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/59/indicativo-09-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/59/indicativo-09-2021.pdf</t>
   </si>
   <si>
     <t>Solicita um Departamento de iluminação Pública com disponibilização de número de Whatsapp para receber as reivindicações da população. O objetivo e monitorar e melhorar a prestação de serviço em todo o território municipal.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/60/indicativo-10-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/60/indicativo-10-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve o presente indicativo REQUER o que segue, A construção de um belíssimo porta de Entrada e Saída, que recepcione  e demonstre o acolhimento aos visitantes de nossa cidade.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/61/indicativo-11-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/61/indicativo-11-2021.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de CONSTRUÇÃO DE UM POSTO DE SAÚDE na localidade Barra das Colheres.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/62/indicativo-12-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/62/indicativo-12-2021.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de construção de UM POSTO DE SAÚDE na localidade do Riozinho, zona rural de Baixa Grande do Ribeiro-PI.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao-13-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao-13-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, da Bancada do Partido Social Democrático - PSD, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Sr. Prefeito Municipal José Luís Sousa, indico a necessidade de CONSTRUÇÃO DE UM POSTO DE SAÚDE na localidade Riachão dos Quixabas, zona rural de Baixa Grande do Ribeiro-PI.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Senhor Prefeito Municipal, José Luís Sousa e Secretário Municipal de Obras, o senhor Carlos Eduardo Passos Santos, vem INDICAR a construção de uma CAPELA NO CEMITÉRIO JARDIM DA SAUDADE zona urbana desse deste município.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao-15-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao-15-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, da Bancada do Partido Socialista Brasileiro - PSB, nos termos regimentais vigentes, solicita à Mesa Diretora desta Casa Legislativa, que apresente esta indicação à sua Excelência o Senhor Prefeito Municipal, José Luís Sousa, respeitosamente vem INDICAR o que segue AQUISIÇÃO DE UM VEICULO PARA O CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao-16-2021.pdf</t>
+    <t>http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao-16-2021.pdf</t>
   </si>
   <si>
     <t>Fundamentado em toda a legislação pertinente, solicita à Mesa Diretora, que depois de ouvido o soberano Plenário, que seja encaminhado o presente instrumento indicativo ao Exmo. Senhor Prefeito Municipal, Dr. José Luis Sousa, cientificando-lhe da necessidade de VIABILIZAR UM PROJETO PARA A CONSTRUÇÃO DE UMA PISTA DE MOTOCROSS OU VELOCROSS E MANOBRAS RADICAIS, NO INTUITO DE DISPONIBILIZAR UM ESPAÇO DE LAZER PARA OS JOVENS PRATICAREM ESPORTE NO MUNICÍPIO DE BAIXA GRANDE DO RIBEIRO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1439,68 +1439,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/1/pl_01-2021_-_ananias_borges_-_dia_municipal_do_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021_-_rodrigo_rocha_-_estadio_municipal_guilherme_remos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021_dr._jose_luis_gratificacao_desempenho_covid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021_ananias_borges-praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/6/pl_06-2021_diana_neris-renda_basica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/7/pl_07-2021_diana_neris-projeto_mulher_baixa-grandense.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/8/meterial_escolar-_rodrigo-pl082021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/12/pl_09_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/13/pl_10_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/14/pl_11_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/16/porjeto-de-lei-12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/17/projeto-de-lei-13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/18/plo_14-2021_-_aprova_o_plano_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_16-2021_-_denomina_ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/47/plo_17_2021_mais_educacao_escola.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/48/plo_18_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/49/plo-19-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/50/plo_20_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto-de-lei-21-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/68/plo22-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/93/plo_23_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/94/plo_24-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/95/plo-25.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/96/plo-26_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/99/plo-no27-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/101/plo_28-2021-loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/103/plo_29-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/105/plo-31-2021-ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/106/plo_32_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/107/plo_33-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/108/plo-34-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/109/plo-35-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/110/plo-n36-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/9/pdl_01-2021_geno_pereira-titulo_cidadao_honorario_otavio_floss.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/10/decreto_no_02-2020_-_titulo_de_cidadao_benemerito_aldi_borges.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/100/decreto_n04-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/11/prl_01-2021-calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pr_02-2021-emenda_ricmbgr.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/69/resolucao-03-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/111/pr-05-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/112/pr-06-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/98/emenda-lei-organica-n01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/102/emenda-a-lei-organica-n02.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/15/req-01-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/19/req-02.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/20/req-03.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/21/req-04.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/22/req-05.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/23/req-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/24/req-07.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/25/req-08.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req-09.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req-10.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/28/req-10.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/29/req-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/30/req-13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/31/req-14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/32/req-15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/33/req-16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/35/req-18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/37/req-20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req-21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req-23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/41/req-24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/42/req-25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req-26.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req-27-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req-28.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req-29.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req-30-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req-31-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req-32-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req-33-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req-34-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req-35-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req-36-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req-37-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req-38-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req-39-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req-40-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req-41-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req-42-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req-43-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req-44-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req-45-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req.46-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req.47-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/51/ind_01-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/52/ind_02-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/53/ind_03-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/54/ind_04-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/55/ind_05-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/56/ind_06-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/57/ind_07-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/58/indicativo-08-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/59/indicativo-09-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/60/indicativo-10-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/61/indicativo-11-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/62/indicativo-12-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao-13-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao-15-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao-16-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/1/pl_01-2021_-_ananias_borges_-_dia_municipal_do_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021_-_rodrigo_rocha_-_estadio_municipal_guilherme_remos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021_dr._jose_luis_gratificacao_desempenho_covid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021_ananias_borges-praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/6/pl_06-2021_diana_neris-renda_basica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/7/pl_07-2021_diana_neris-projeto_mulher_baixa-grandense.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/8/meterial_escolar-_rodrigo-pl082021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/12/pl_09_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/13/pl_10_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/14/pl_11_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/16/porjeto-de-lei-12-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/17/projeto-de-lei-13-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/18/plo_14-2021_-_aprova_o_plano_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_16-2021_-_denomina_ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/47/plo_17_2021_mais_educacao_escola.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/48/plo_18_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/49/plo-19-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/50/plo_20_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto-de-lei-21-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/68/plo22-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/93/plo_23_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/94/plo_24-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/95/plo-25.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/96/plo-26_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/99/plo-no27-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/101/plo_28-2021-loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/103/plo_29-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/105/plo-31-2021-ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/106/plo_32_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/107/plo_33-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/108/plo-34-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/109/plo-35-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/110/plo-n36-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/9/pdl_01-2021_geno_pereira-titulo_cidadao_honorario_otavio_floss.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/10/decreto_no_02-2020_-_titulo_de_cidadao_benemerito_aldi_borges.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/100/decreto_n04-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/11/prl_01-2021-calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pr_02-2021-emenda_ricmbgr.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/69/resolucao-03-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/111/pr-05-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/112/pr-06-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/98/emenda-lei-organica-n01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/102/emenda-a-lei-organica-n02.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/15/req-01-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/19/req-02.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/20/req-03.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/21/req-04.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/22/req-05.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/23/req-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/24/req-07.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/25/req-08.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req-09.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req-10.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/28/req-10.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/29/req-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/30/req-13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/31/req-14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/32/req-15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/33/req-16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/35/req-18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/37/req-20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req-21.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req-23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/41/req-24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/42/req-25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req-26.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req-27-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req-28.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req-29.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req-30-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req-31-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req-32-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req-33-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req-34-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req-35-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req-36-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req-37-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req-38-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req-39-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req-40-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req-41-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req-42-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req-43-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req-44-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req-45-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req.46-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req.47-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/51/ind_01-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/52/ind_02-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/53/ind_03-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/54/ind_04-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/55/ind_05-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/56/ind_06-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/57/ind_07-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/58/indicativo-08-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/59/indicativo-09-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/60/indicativo-10-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/61/indicativo-11-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/62/indicativo-12-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao-13-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao-15-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.baixagrandedoribeiro.pi.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao-16-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>